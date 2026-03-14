--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Investment Administration\INVTRUST\Portfolio Holdings\2025\12 December\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Investment Administration\INVTRUST\Portfolio Holdings\2026\02 February\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E370971E-DF84-44E7-8FC8-6802A8CA8E40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D1F841D8-51AB-41A1-A573-BCADCFD1D1BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Asian Inc" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Asian Inc'!$A$1:$M$53</definedName>
   </definedNames>
   <calcPr calcId="191029" iterate="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="A61" i="1" l="1"/>
   <c r="A5" i="1" l="1"/>
   <c r="A6" i="1" s="1"/>
   <c r="A7" i="1" s="1"/>
   <c r="A8" i="1" s="1"/>
   <c r="A9" i="1" s="1"/>
   <c r="A10" i="1" s="1"/>
   <c r="A11" i="1" s="1"/>
   <c r="A12" i="1" s="1"/>
   <c r="A13" i="1" s="1"/>
   <c r="A14" i="1" s="1"/>
   <c r="A15" i="1" s="1"/>
   <c r="A16" i="1" s="1"/>
   <c r="A17" i="1" s="1"/>
   <c r="A18" i="1" s="1"/>
   <c r="A19" i="1" s="1"/>
   <c r="A20" i="1" s="1"/>
   <c r="A21" i="1" s="1"/>
   <c r="A22" i="1" s="1"/>
   <c r="A23" i="1" s="1"/>
   <c r="A24" i="1" s="1"/>
   <c r="A25" i="1" l="1"/>
   <c r="A26" i="1"/>
   <c r="A27" i="1" s="1"/>
   <c r="A28" i="1" s="1"/>
   <c r="A29" i="1" s="1"/>
@@ -91,55 +92,56 @@
   <c r="A35" i="1" s="1"/>
   <c r="A36" i="1" s="1"/>
   <c r="A37" i="1" s="1"/>
   <c r="A38" i="1" s="1"/>
   <c r="A39" i="1" s="1"/>
   <c r="A40" i="1" s="1"/>
   <c r="A41" i="1" s="1"/>
   <c r="A42" i="1" s="1"/>
   <c r="A43" i="1" s="1"/>
   <c r="A44" i="1" s="1"/>
   <c r="A45" i="1" s="1"/>
   <c r="A46" i="1" s="1"/>
   <c r="A47" i="1" s="1"/>
   <c r="A48" i="1" s="1"/>
   <c r="A49" i="1" s="1"/>
   <c r="A50" i="1" s="1"/>
   <c r="A51" i="1" s="1"/>
   <c r="A52" i="1" s="1"/>
   <c r="A53" i="1" s="1"/>
   <c r="A54" i="1" s="1"/>
   <c r="A55" i="1" s="1"/>
   <c r="A56" i="1" s="1"/>
   <c r="A57" i="1" s="1"/>
   <c r="A58" i="1" s="1"/>
   <c r="A59" i="1" s="1"/>
+  <c r="A60" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="402" uniqueCount="132">
   <si>
     <t>PORTFOLIO AS</t>
   </si>
   <si>
     <t>Fund ISIN</t>
   </si>
   <si>
     <t>FUND NAME</t>
   </si>
   <si>
     <t>SECURITY DESCRIPTION</t>
   </si>
   <si>
     <t>SHARES/</t>
   </si>
   <si>
     <t>BASE MARKET</t>
   </si>
   <si>
     <t>COUPON</t>
   </si>
   <si>
     <t>MATURITY DATE/</t>
   </si>
   <si>
@@ -232,230 +234,233 @@
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>TWD</t>
   </si>
   <si>
     <t>BK6YZP5</t>
   </si>
   <si>
     <t>ALIBABA HKD</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>AMCOR C AUD</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>ANZ GRP HLDGS AUD</t>
   </si>
   <si>
+    <t>ARISTOCRAT LEIS NPV</t>
+  </si>
+  <si>
     <t>BFXZDY1</t>
   </si>
   <si>
     <t>ASE TECHNOL TWD</t>
   </si>
   <si>
-    <t>B2QKXW0</t>
-[...2 lines deleted...]
-    <t>BAJAJ AUTO INR</t>
+    <t>BANK MANDIRI ORD IDR</t>
+  </si>
+  <si>
+    <t>IDR</t>
+  </si>
+  <si>
+    <t>BANK RAKYAT IDR250</t>
+  </si>
+  <si>
+    <t>BHP GRP AUD</t>
+  </si>
+  <si>
+    <t>B23DMQ9</t>
+  </si>
+  <si>
+    <t>CAPITALA SGD</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>B0LMTQ3</t>
+  </si>
+  <si>
+    <t>CHINA CONST CNY1 HKD</t>
+  </si>
+  <si>
+    <t>BP3R273</t>
+  </si>
+  <si>
+    <t>CHINA MERCHANTS CNY</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>B1DYPZ5</t>
+  </si>
+  <si>
+    <t>BMXWXT6</t>
+  </si>
+  <si>
+    <t>CHINA RE HKD</t>
+  </si>
+  <si>
+    <t>CHINA RES LD HKD0.10</t>
+  </si>
+  <si>
+    <t>COMM BK OF AUSTRALIA</t>
+  </si>
+  <si>
+    <t>BHQPSY7</t>
+  </si>
+  <si>
+    <t>CONTEMPO CNH</t>
+  </si>
+  <si>
+    <t>DBS GROUP</t>
+  </si>
+  <si>
+    <t>DONGBU INSURANCE KRW</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>BP3R6K4</t>
+  </si>
+  <si>
+    <t>FUYAO GL CNH</t>
+  </si>
+  <si>
+    <t>B4KFHZ6</t>
+  </si>
+  <si>
+    <t>GRAND PR TWD</t>
+  </si>
+  <si>
+    <t>HANGLUNG PRPRTY HKD</t>
+  </si>
+  <si>
+    <t>HD KOREA SH KRW5000</t>
+  </si>
+  <si>
+    <t>HDFC BANK ADS INR10</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>HYUNDAI MOTOR KRW</t>
+  </si>
+  <si>
+    <t>BF2K1V0</t>
+  </si>
+  <si>
+    <t>INDIGRID INR</t>
   </si>
   <si>
     <t>INR</t>
   </si>
   <si>
-    <t>BANK MANDIRI ORD IDR</t>
-[...94 lines deleted...]
-  <si>
     <t>INFOSYS DEM T5</t>
   </si>
   <si>
-    <t>BP3R2V7</t>
-[...2 lines deleted...]
-    <t>INNER MO CNH</t>
+    <t>INSURANCE AUST NPV</t>
   </si>
   <si>
     <t>MEDIATEK TWD10</t>
   </si>
   <si>
+    <t>BRTNNQ5</t>
+  </si>
+  <si>
+    <t>MEDIBANK PRIVATE AUD</t>
+  </si>
+  <si>
     <t>B0744W4</t>
   </si>
   <si>
     <t>METCASH AUD</t>
   </si>
   <si>
     <t>BQB7ZL7</t>
   </si>
   <si>
     <t>MIDEA GR HKD</t>
   </si>
   <si>
     <t>BD5CPP1</t>
   </si>
   <si>
     <t>MIDEA GRP CNH</t>
   </si>
   <si>
     <t>MIRVAC STAPLED SECS</t>
   </si>
   <si>
     <t>BM93SF4</t>
   </si>
   <si>
     <t>NETEASE HKD</t>
   </si>
   <si>
-    <t>BGR9QQ9</t>
-[...2 lines deleted...]
-    <t>OSOTSPA THB</t>
+    <t>BT8PJ79</t>
+  </si>
+  <si>
+    <t>NTT DC R USD</t>
+  </si>
+  <si>
+    <t>PICC SER 'H' CNY1</t>
+  </si>
+  <si>
+    <t>B01FLR7</t>
+  </si>
+  <si>
+    <t>PING AN INSURAN CNY1</t>
+  </si>
+  <si>
+    <t>B233HS6</t>
+  </si>
+  <si>
+    <t>POWER GRID ORD INR</t>
+  </si>
+  <si>
+    <t>B1359J0</t>
+  </si>
+  <si>
+    <t>PTT EXP&amp;PROD THB1(AL</t>
   </si>
   <si>
     <t>THB</t>
   </si>
   <si>
-    <t>PICC SER 'H' CNY1</t>
-[...19 lines deleted...]
-  <si>
     <t>QUANTA COMPUT TWD10</t>
   </si>
   <si>
     <t>BPBMY63</t>
   </si>
   <si>
     <t>REGION AUD</t>
   </si>
   <si>
     <t>RIO TINTO ORD GBP</t>
   </si>
   <si>
     <t>SAMSUNG FIRE&amp;MAR</t>
   </si>
   <si>
     <t>SAMSUNG KRW5000 PREF</t>
   </si>
   <si>
     <t>BPH0717</t>
   </si>
   <si>
     <t>SCB/F THB</t>
   </si>
   <si>
     <t>B0MP1B0</t>
@@ -469,78 +474,69 @@
   <si>
     <t>SINO-AME TWD</t>
   </si>
   <si>
     <t>B61X7R5</t>
   </si>
   <si>
     <t>SITC INTL HLDGS HKD</t>
   </si>
   <si>
     <t>SK HYNIX KRW5000</t>
   </si>
   <si>
     <t>TAIWAN SEMICNDCTR</t>
   </si>
   <si>
     <t>TAIWAN U TWD</t>
   </si>
   <si>
     <t>B01NPJ1</t>
   </si>
   <si>
     <t>TATA CONSUL SVS INR1</t>
   </si>
   <si>
-    <t>BD4T6W7</t>
-[...4 lines deleted...]
-  <si>
     <t>BMMV2K8</t>
   </si>
   <si>
     <t>TENCENT HKD</t>
   </si>
   <si>
+    <t>TINGYI USD0.005</t>
+  </si>
+  <si>
     <t>B3KFW76</t>
   </si>
   <si>
     <t>TISCO THB10(ALIEN MK</t>
   </si>
   <si>
     <t>BP3R5T6</t>
   </si>
   <si>
     <t>YUTONG B CNH</t>
-  </si>
-[...4 lines deleted...]
-    <t>MEDIBANK PRIVATE AUD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="mm/dd/yyyy"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="#,##0;\(#,##0\)"/>
     <numFmt numFmtId="167" formatCode="#,##0.00;\(#,##0.00\);\-"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -690,51 +686,51 @@
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -789,59 +785,50 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1127,52 +1114,52 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M63"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A18" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="H38" sqref="H38"/>
+    <sheetView tabSelected="1" topLeftCell="A20" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="M59" sqref="M59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="17" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="41.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="32.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="28.5703125" style="3" customWidth="1"/>
     <col min="6" max="6" width="18.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="19.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="19.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="21.42578125" style="8" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="18.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="24.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="13.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="12.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="16384" width="9.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="11" t="s">
@@ -1248,2302 +1235,2366 @@
       <c r="M2" s="24"/>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A3" s="26"/>
       <c r="B3" s="27" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="28"/>
       <c r="D3" s="29"/>
       <c r="E3" s="30"/>
       <c r="F3" s="31"/>
       <c r="G3" s="32"/>
       <c r="H3" s="33" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="34"/>
       <c r="J3" s="35" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="36"/>
       <c r="L3" s="35"/>
       <c r="M3" s="35"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D4" s="40">
+      <c r="D4" s="37">
         <v>6005214</v>
       </c>
-      <c r="E4" s="40" t="s">
+      <c r="E4" s="37" t="s">
         <v>36</v>
       </c>
-      <c r="F4" s="41">
-[...15 lines deleted...]
-      <c r="L4" s="40" t="s">
+      <c r="F4" s="38">
+        <v>187000</v>
+      </c>
+      <c r="G4" s="38">
+        <v>6239030.1600000001</v>
+      </c>
+      <c r="H4" s="38">
+        <v>0</v>
+      </c>
+      <c r="I4" s="39"/>
+      <c r="J4" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" s="38">
+        <v>261800000</v>
+      </c>
+      <c r="L4" s="37" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <f>A4</f>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D5" s="40" t="s">
+      <c r="D5" s="37" t="s">
         <v>39</v>
       </c>
-      <c r="E5" s="40" t="s">
+      <c r="E5" s="37" t="s">
         <v>40</v>
       </c>
-      <c r="F5" s="41">
-[...15 lines deleted...]
-      <c r="L5" s="40" t="s">
+      <c r="F5" s="38">
+        <v>933600</v>
+      </c>
+      <c r="G5" s="38">
+        <v>12685916.42</v>
+      </c>
+      <c r="H5" s="38">
+        <v>0</v>
+      </c>
+      <c r="I5" s="39"/>
+      <c r="J5" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K5" s="38">
+        <v>133411440</v>
+      </c>
+      <c r="L5" s="37" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
-        <f t="shared" ref="A6:A60" si="0">A5</f>
-        <v>46022</v>
+        <f t="shared" ref="A6:A61" si="0">A5</f>
+        <v>46081</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="40">
+      <c r="D6" s="37">
         <v>6066608</v>
       </c>
-      <c r="E6" s="40" t="s">
+      <c r="E6" s="37" t="s">
         <v>42</v>
       </c>
-      <c r="F6" s="41">
-[...15 lines deleted...]
-      <c r="L6" s="40" t="s">
+      <c r="F6" s="38">
+        <v>156307</v>
+      </c>
+      <c r="G6" s="38">
+        <v>5605858.1100000003</v>
+      </c>
+      <c r="H6" s="38">
+        <v>0</v>
+      </c>
+      <c r="I6" s="39"/>
+      <c r="J6" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K6" s="38">
+        <v>10575731.619999999</v>
+      </c>
+      <c r="L6" s="37" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D7" s="40">
+      <c r="D7" s="37">
         <v>6065586</v>
       </c>
-      <c r="E7" s="40" t="s">
+      <c r="E7" s="37" t="s">
         <v>44</v>
       </c>
-      <c r="F7" s="41">
-[...15 lines deleted...]
-      <c r="L7" s="40" t="s">
+      <c r="F7" s="38">
+        <v>297376</v>
+      </c>
+      <c r="G7" s="38">
+        <v>6297299.9400000004</v>
+      </c>
+      <c r="H7" s="38">
+        <v>0</v>
+      </c>
+      <c r="I7" s="39"/>
+      <c r="J7" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K7" s="38">
+        <v>11880171.199999999</v>
+      </c>
+      <c r="L7" s="37" t="s">
         <v>43</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D8" s="40" t="s">
+      <c r="D8" s="37">
+        <v>6253983</v>
+      </c>
+      <c r="E8" s="37" t="s">
         <v>45</v>
       </c>
-      <c r="E8" s="40" t="s">
-[...19 lines deleted...]
-        <v>38</v>
+      <c r="F8" s="38">
+        <v>190027</v>
+      </c>
+      <c r="G8" s="38">
+        <v>4784544.54</v>
+      </c>
+      <c r="H8" s="38">
+        <v>0</v>
+      </c>
+      <c r="I8" s="39"/>
+      <c r="J8" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K8" s="38">
+        <v>9026282.5</v>
+      </c>
+      <c r="L8" s="37" t="s">
+        <v>43</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D9" s="40" t="s">
+      <c r="D9" s="37" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" s="37" t="s">
         <v>47</v>
       </c>
-      <c r="E9" s="40" t="s">
-[...19 lines deleted...]
-        <v>49</v>
+      <c r="F9" s="38">
+        <v>970000</v>
+      </c>
+      <c r="G9" s="38">
+        <v>8946025.7200000007</v>
+      </c>
+      <c r="H9" s="38">
+        <v>0</v>
+      </c>
+      <c r="I9" s="39"/>
+      <c r="J9" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K9" s="38">
+        <v>375390000</v>
+      </c>
+      <c r="L9" s="37" t="s">
+        <v>38</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D10" s="40">
+      <c r="D10" s="37">
         <v>6651048</v>
       </c>
-      <c r="E10" s="40" t="s">
-[...19 lines deleted...]
-        <v>51</v>
+      <c r="E10" s="37" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="38">
+        <v>21221400</v>
+      </c>
+      <c r="G10" s="38">
+        <v>4966475.05</v>
+      </c>
+      <c r="H10" s="38">
+        <v>0</v>
+      </c>
+      <c r="I10" s="39"/>
+      <c r="J10" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K10" s="38">
+        <v>111942885000</v>
+      </c>
+      <c r="L10" s="37" t="s">
+        <v>49</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D11" s="40">
+      <c r="D11" s="37">
         <v>6709099</v>
       </c>
-      <c r="E11" s="40" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="41">
+      <c r="E11" s="37" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="38">
         <v>26714900</v>
       </c>
-      <c r="G11" s="41">
-[...13 lines deleted...]
-        <v>51</v>
+      <c r="G11" s="38">
+        <v>4622425.5199999996</v>
+      </c>
+      <c r="H11" s="38">
+        <v>0</v>
+      </c>
+      <c r="I11" s="39"/>
+      <c r="J11" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K11" s="38">
+        <v>104188110000</v>
+      </c>
+      <c r="L11" s="37" t="s">
+        <v>49</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D12" s="40">
+      <c r="D12" s="37">
         <v>6144690</v>
       </c>
-      <c r="E12" s="40" t="s">
-[...18 lines deleted...]
-      <c r="L12" s="40" t="s">
+      <c r="E12" s="37" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="38">
+        <v>265903</v>
+      </c>
+      <c r="G12" s="38">
+        <v>8205916.9699999997</v>
+      </c>
+      <c r="H12" s="38">
+        <v>0</v>
+      </c>
+      <c r="I12" s="39"/>
+      <c r="J12" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K12" s="38">
+        <v>15480872.66</v>
+      </c>
+      <c r="L12" s="37" t="s">
         <v>43</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D13" s="40" t="s">
+      <c r="D13" s="37" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" s="37" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" s="38">
+        <v>9304457</v>
+      </c>
+      <c r="G13" s="38">
+        <v>6620636.8499999996</v>
+      </c>
+      <c r="H13" s="38">
+        <v>0</v>
+      </c>
+      <c r="I13" s="39"/>
+      <c r="J13" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K13" s="38">
+        <v>11258392.970000001</v>
+      </c>
+      <c r="L13" s="37" t="s">
         <v>54</v>
-      </c>
-[...20 lines deleted...]
-        <v>56</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D14" s="40" t="s">
-[...22 lines deleted...]
-        <v>43</v>
+      <c r="D14" s="37" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" s="37" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" s="38">
+        <v>9113000</v>
+      </c>
+      <c r="G14" s="38">
+        <v>6923678.9800000004</v>
+      </c>
+      <c r="H14" s="38">
+        <v>0</v>
+      </c>
+      <c r="I14" s="39"/>
+      <c r="J14" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K14" s="38">
+        <v>72812870</v>
+      </c>
+      <c r="L14" s="37" t="s">
+        <v>41</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D15" s="40" t="s">
+      <c r="D15" s="37" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" s="37" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" s="38">
+        <v>288800</v>
+      </c>
+      <c r="G15" s="38">
+        <v>1213228.32</v>
+      </c>
+      <c r="H15" s="38">
+        <v>0</v>
+      </c>
+      <c r="I15" s="39"/>
+      <c r="J15" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K15" s="38">
+        <v>11191000</v>
+      </c>
+      <c r="L15" s="37" t="s">
         <v>59</v>
       </c>
-      <c r="E15" s="40" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="M15" s="4" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D16" s="40" t="s">
-[...22 lines deleted...]
-        <v>43</v>
+      <c r="D16" s="37" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" s="37" t="s">
+        <v>58</v>
+      </c>
+      <c r="F16" s="38">
+        <v>1086500</v>
+      </c>
+      <c r="G16" s="38">
+        <v>5043781.68</v>
+      </c>
+      <c r="H16" s="38">
+        <v>0</v>
+      </c>
+      <c r="I16" s="39"/>
+      <c r="J16" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K16" s="38">
+        <v>53042930</v>
+      </c>
+      <c r="L16" s="37" t="s">
+        <v>41</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D17" s="40" t="s">
-[...21 lines deleted...]
-      <c r="L17" s="40" t="s">
+      <c r="D17" s="37" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17" s="37" t="s">
+        <v>62</v>
+      </c>
+      <c r="F17" s="38">
+        <v>1982000</v>
+      </c>
+      <c r="G17" s="38">
+        <v>8970969.4299999997</v>
+      </c>
+      <c r="H17" s="38">
+        <v>0</v>
+      </c>
+      <c r="I17" s="39"/>
+      <c r="J17" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K17" s="38">
+        <v>94343200</v>
+      </c>
+      <c r="L17" s="37" t="s">
         <v>41</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D18" s="40" t="s">
-[...21 lines deleted...]
-      <c r="L18" s="40" t="s">
+      <c r="D18" s="37">
+        <v>6193766</v>
+      </c>
+      <c r="E18" s="37" t="s">
+        <v>63</v>
+      </c>
+      <c r="F18" s="38">
+        <v>808000</v>
+      </c>
+      <c r="G18" s="38">
+        <v>2441709.69</v>
+      </c>
+      <c r="H18" s="38">
+        <v>0</v>
+      </c>
+      <c r="I18" s="39"/>
+      <c r="J18" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K18" s="38">
+        <v>25678240</v>
+      </c>
+      <c r="L18" s="37" t="s">
         <v>41</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D19" s="40" t="s">
-[...22 lines deleted...]
-        <v>41</v>
+      <c r="D19" s="37">
+        <v>6215035</v>
+      </c>
+      <c r="E19" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="F19" s="38">
+        <v>47325</v>
+      </c>
+      <c r="G19" s="38">
+        <v>4357346.74</v>
+      </c>
+      <c r="H19" s="38">
+        <v>0</v>
+      </c>
+      <c r="I19" s="39"/>
+      <c r="J19" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K19" s="38">
+        <v>8220352.5</v>
+      </c>
+      <c r="L19" s="37" t="s">
+        <v>43</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D20" s="40">
-[...22 lines deleted...]
-        <v>41</v>
+      <c r="D20" s="37" t="s">
+        <v>65</v>
+      </c>
+      <c r="E20" s="37" t="s">
+        <v>66</v>
+      </c>
+      <c r="F20" s="38">
+        <v>144700</v>
+      </c>
+      <c r="G20" s="38">
+        <v>5365139.01</v>
+      </c>
+      <c r="H20" s="38">
+        <v>0</v>
+      </c>
+      <c r="I20" s="39"/>
+      <c r="J20" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K20" s="38">
+        <v>49488847</v>
+      </c>
+      <c r="L20" s="37" t="s">
+        <v>59</v>
       </c>
       <c r="M20" s="4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D21" s="40">
-[...22 lines deleted...]
-        <v>43</v>
+      <c r="D21" s="37">
+        <v>6175203</v>
+      </c>
+      <c r="E21" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="F21" s="38">
+        <v>322737</v>
+      </c>
+      <c r="G21" s="38">
+        <v>10840774.74</v>
+      </c>
+      <c r="H21" s="38">
+        <v>0</v>
+      </c>
+      <c r="I21" s="39"/>
+      <c r="J21" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K21" s="38">
+        <v>18434737.440000001</v>
+      </c>
+      <c r="L21" s="37" t="s">
+        <v>54</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D22" s="40">
-[...22 lines deleted...]
-        <v>56</v>
+      <c r="D22" s="37">
+        <v>6155937</v>
+      </c>
+      <c r="E22" s="37" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" s="38">
+        <v>68426</v>
+      </c>
+      <c r="G22" s="38">
+        <v>6474670.9800000004</v>
+      </c>
+      <c r="H22" s="38">
+        <v>0</v>
+      </c>
+      <c r="I22" s="39"/>
+      <c r="J22" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K22" s="38">
+        <v>12521958000</v>
+      </c>
+      <c r="L22" s="37" t="s">
+        <v>69</v>
       </c>
       <c r="M22" s="4" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D23" s="40">
-[...22 lines deleted...]
-        <v>73</v>
+      <c r="D23" s="37" t="s">
+        <v>70</v>
+      </c>
+      <c r="E23" s="37" t="s">
+        <v>71</v>
+      </c>
+      <c r="F23" s="38">
+        <v>793757</v>
+      </c>
+      <c r="G23" s="38">
+        <v>5197543.71</v>
+      </c>
+      <c r="H23" s="38">
+        <v>0</v>
+      </c>
+      <c r="I23" s="39"/>
+      <c r="J23" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K23" s="38">
+        <v>47942922.799999997</v>
+      </c>
+      <c r="L23" s="37" t="s">
+        <v>59</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D24" s="40" t="s">
-[...22 lines deleted...]
-        <v>76</v>
+      <c r="D24" s="37" t="s">
+        <v>72</v>
+      </c>
+      <c r="E24" s="37" t="s">
+        <v>73</v>
+      </c>
+      <c r="F24" s="38">
+        <v>52800</v>
+      </c>
+      <c r="G24" s="38">
+        <v>2239759.4</v>
+      </c>
+      <c r="H24" s="38">
+        <v>0</v>
+      </c>
+      <c r="I24" s="39"/>
+      <c r="J24" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K24" s="38">
+        <v>93984000</v>
+      </c>
+      <c r="L24" s="37" t="s">
+        <v>38</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D25" s="40">
+      <c r="D25" s="37">
         <v>6030506</v>
       </c>
-      <c r="E25" s="40" t="s">
-[...18 lines deleted...]
-      <c r="L25" s="40" t="s">
+      <c r="E25" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="F25" s="38">
+        <v>7489000</v>
+      </c>
+      <c r="G25" s="38">
+        <v>7313462.6500000004</v>
+      </c>
+      <c r="H25" s="38">
+        <v>0</v>
+      </c>
+      <c r="I25" s="39"/>
+      <c r="J25" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K25" s="38">
+        <v>76912030</v>
+      </c>
+      <c r="L25" s="37" t="s">
         <v>41</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="2">
         <f>A24</f>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D26" s="40">
-[...22 lines deleted...]
-        <v>79</v>
+      <c r="D26" s="37">
+        <v>6446620</v>
+      </c>
+      <c r="E26" s="37" t="s">
+        <v>75</v>
+      </c>
+      <c r="F26" s="38">
+        <v>26347</v>
+      </c>
+      <c r="G26" s="38">
+        <v>6123593.1600000001</v>
+      </c>
+      <c r="H26" s="38">
+        <v>0</v>
+      </c>
+      <c r="I26" s="39"/>
+      <c r="J26" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K26" s="38">
+        <v>11842976500</v>
+      </c>
+      <c r="L26" s="37" t="s">
+        <v>69</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D27" s="40" t="s">
-[...22 lines deleted...]
-        <v>49</v>
+      <c r="D27" s="37">
+        <v>2781648</v>
+      </c>
+      <c r="E27" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="F27" s="38">
+        <v>515492</v>
+      </c>
+      <c r="G27" s="38">
+        <v>12208163.4</v>
+      </c>
+      <c r="H27" s="38">
+        <v>0</v>
+      </c>
+      <c r="I27" s="39"/>
+      <c r="J27" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K27" s="38">
+        <v>16413265.279999999</v>
+      </c>
+      <c r="L27" s="37" t="s">
+        <v>77</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D28" s="40">
-[...22 lines deleted...]
-        <v>49</v>
+      <c r="D28" s="37">
+        <v>6451022</v>
+      </c>
+      <c r="E28" s="37" t="s">
+        <v>78</v>
+      </c>
+      <c r="F28" s="38">
+        <v>27214</v>
+      </c>
+      <c r="G28" s="38">
+        <v>4516924.95</v>
+      </c>
+      <c r="H28" s="38">
+        <v>0</v>
+      </c>
+      <c r="I28" s="39"/>
+      <c r="J28" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K28" s="38">
+        <v>8735694000</v>
+      </c>
+      <c r="L28" s="37" t="s">
+        <v>69</v>
       </c>
       <c r="M28" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D29" s="40" t="s">
-[...22 lines deleted...]
-        <v>76</v>
+      <c r="D29" s="37" t="s">
+        <v>79</v>
+      </c>
+      <c r="E29" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="F29" s="38">
+        <v>4218329</v>
+      </c>
+      <c r="G29" s="38">
+        <v>5730521.3700000001</v>
+      </c>
+      <c r="H29" s="38">
+        <v>0</v>
+      </c>
+      <c r="I29" s="39"/>
+      <c r="J29" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K29" s="38">
+        <v>700917546.63999999</v>
+      </c>
+      <c r="L29" s="37" t="s">
+        <v>81</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D30" s="40">
-[...22 lines deleted...]
-        <v>38</v>
+      <c r="D30" s="37">
+        <v>6205122</v>
+      </c>
+      <c r="E30" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="F30" s="38">
+        <v>404784</v>
+      </c>
+      <c r="G30" s="38">
+        <v>4298592.32</v>
+      </c>
+      <c r="H30" s="38">
+        <v>0</v>
+      </c>
+      <c r="I30" s="39"/>
+      <c r="J30" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K30" s="38">
+        <v>525773937.60000002</v>
+      </c>
+      <c r="L30" s="37" t="s">
+        <v>81</v>
       </c>
       <c r="M30" s="4" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A31" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D31" s="40" t="s">
-[...21 lines deleted...]
-      <c r="L31" s="40" t="s">
+      <c r="D31" s="37">
+        <v>6271026</v>
+      </c>
+      <c r="E31" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F31" s="38">
+        <v>667058</v>
+      </c>
+      <c r="G31" s="38">
+        <v>2351348.0699999998</v>
+      </c>
+      <c r="H31" s="38">
+        <v>0</v>
+      </c>
+      <c r="I31" s="39"/>
+      <c r="J31" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K31" s="38">
+        <v>4435935.7</v>
+      </c>
+      <c r="L31" s="37" t="s">
         <v>43</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D32" s="40" t="s">
-[...22 lines deleted...]
-        <v>43</v>
+      <c r="D32" s="37">
+        <v>6372480</v>
+      </c>
+      <c r="E32" s="37" t="s">
+        <v>84</v>
+      </c>
+      <c r="F32" s="38">
+        <v>238000</v>
+      </c>
+      <c r="G32" s="38">
+        <v>11031739.699999999</v>
+      </c>
+      <c r="H32" s="38">
+        <v>0</v>
+      </c>
+      <c r="I32" s="39"/>
+      <c r="J32" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K32" s="38">
+        <v>462910000</v>
+      </c>
+      <c r="L32" s="37" t="s">
+        <v>38</v>
       </c>
       <c r="M32" s="4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D33" s="40" t="s">
-[...22 lines deleted...]
-        <v>41</v>
+      <c r="D33" s="37" t="s">
+        <v>85</v>
+      </c>
+      <c r="E33" s="37" t="s">
+        <v>86</v>
+      </c>
+      <c r="F33" s="38">
+        <v>1262856</v>
+      </c>
+      <c r="G33" s="38">
+        <v>2925276.68</v>
+      </c>
+      <c r="H33" s="38">
+        <v>0</v>
+      </c>
+      <c r="I33" s="39"/>
+      <c r="J33" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K33" s="38">
+        <v>5518680.7199999997</v>
+      </c>
+      <c r="L33" s="37" t="s">
+        <v>43</v>
       </c>
       <c r="M33" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D34" s="40" t="s">
-[...22 lines deleted...]
-        <v>76</v>
+      <c r="D34" s="37" t="s">
+        <v>87</v>
+      </c>
+      <c r="E34" s="37" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" s="38">
+        <v>2344325</v>
+      </c>
+      <c r="G34" s="38">
+        <v>4100751.37</v>
+      </c>
+      <c r="H34" s="38">
+        <v>0</v>
+      </c>
+      <c r="I34" s="39"/>
+      <c r="J34" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K34" s="38">
+        <v>7736272.5</v>
+      </c>
+      <c r="L34" s="37" t="s">
+        <v>43</v>
       </c>
       <c r="M34" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A35" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D35" s="40">
-[...22 lines deleted...]
-        <v>43</v>
+      <c r="D35" s="37" t="s">
+        <v>89</v>
+      </c>
+      <c r="E35" s="37" t="s">
+        <v>90</v>
+      </c>
+      <c r="F35" s="38">
+        <v>461200</v>
+      </c>
+      <c r="G35" s="38">
+        <v>3982024.44</v>
+      </c>
+      <c r="H35" s="38">
+        <v>0</v>
+      </c>
+      <c r="I35" s="39"/>
+      <c r="J35" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K35" s="38">
+        <v>41876960</v>
+      </c>
+      <c r="L35" s="37" t="s">
+        <v>41</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D36" s="40" t="s">
-[...22 lines deleted...]
-        <v>41</v>
+      <c r="D36" s="37" t="s">
+        <v>91</v>
+      </c>
+      <c r="E36" s="37" t="s">
+        <v>92</v>
+      </c>
+      <c r="F36" s="38">
+        <v>492931</v>
+      </c>
+      <c r="G36" s="38">
+        <v>4202457.01</v>
+      </c>
+      <c r="H36" s="38">
+        <v>0</v>
+      </c>
+      <c r="I36" s="39"/>
+      <c r="J36" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K36" s="38">
+        <v>38764093.840000004</v>
+      </c>
+      <c r="L36" s="37" t="s">
+        <v>59</v>
       </c>
       <c r="M36" s="4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D37" s="40" t="s">
-[...22 lines deleted...]
-        <v>97</v>
+      <c r="D37" s="37">
+        <v>6161978</v>
+      </c>
+      <c r="E37" s="37" t="s">
+        <v>93</v>
+      </c>
+      <c r="F37" s="38">
+        <v>3184943</v>
+      </c>
+      <c r="G37" s="38">
+        <v>3444002.93</v>
+      </c>
+      <c r="H37" s="38">
+        <v>0</v>
+      </c>
+      <c r="I37" s="39"/>
+      <c r="J37" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K37" s="38">
+        <v>6497283.7199999997</v>
+      </c>
+      <c r="L37" s="37" t="s">
+        <v>43</v>
       </c>
       <c r="M37" s="4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D38" s="40">
-[...21 lines deleted...]
-      <c r="L38" s="40" t="s">
+      <c r="D38" s="37" t="s">
+        <v>94</v>
+      </c>
+      <c r="E38" s="37" t="s">
+        <v>95</v>
+      </c>
+      <c r="F38" s="38">
+        <v>322200</v>
+      </c>
+      <c r="G38" s="38">
+        <v>5490252.46</v>
+      </c>
+      <c r="H38" s="38">
+        <v>0</v>
+      </c>
+      <c r="I38" s="39"/>
+      <c r="J38" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K38" s="38">
+        <v>57738240</v>
+      </c>
+      <c r="L38" s="37" t="s">
         <v>41</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A39" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D39" s="40" t="s">
-[...22 lines deleted...]
-        <v>41</v>
+      <c r="D39" s="37" t="s">
+        <v>96</v>
+      </c>
+      <c r="E39" s="37" t="s">
+        <v>97</v>
+      </c>
+      <c r="F39" s="38">
+        <v>9647400</v>
+      </c>
+      <c r="G39" s="38">
+        <v>7103965.1900000004</v>
+      </c>
+      <c r="H39" s="38">
+        <v>0</v>
+      </c>
+      <c r="I39" s="39"/>
+      <c r="J39" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K39" s="38">
+        <v>9550926</v>
+      </c>
+      <c r="L39" s="37" t="s">
+        <v>77</v>
       </c>
       <c r="M39" s="4" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D40" s="40" t="s">
-[...22 lines deleted...]
-        <v>49</v>
+      <c r="D40" s="37">
+        <v>6706250</v>
+      </c>
+      <c r="E40" s="37" t="s">
+        <v>98</v>
+      </c>
+      <c r="F40" s="38">
+        <v>1500000</v>
+      </c>
+      <c r="G40" s="38">
+        <v>2309228.36</v>
+      </c>
+      <c r="H40" s="38">
+        <v>0</v>
+      </c>
+      <c r="I40" s="39"/>
+      <c r="J40" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K40" s="38">
+        <v>24285000</v>
+      </c>
+      <c r="L40" s="37" t="s">
+        <v>41</v>
       </c>
       <c r="M40" s="4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A41" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D41" s="40" t="s">
-[...22 lines deleted...]
-        <v>97</v>
+      <c r="D41" s="37" t="s">
+        <v>99</v>
+      </c>
+      <c r="E41" s="37" t="s">
+        <v>100</v>
+      </c>
+      <c r="F41" s="38">
+        <v>1314000</v>
+      </c>
+      <c r="G41" s="38">
+        <v>8496362.8599999994</v>
+      </c>
+      <c r="H41" s="38">
+        <v>0</v>
+      </c>
+      <c r="I41" s="39"/>
+      <c r="J41" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K41" s="38">
+        <v>89352000</v>
+      </c>
+      <c r="L41" s="37" t="s">
+        <v>41</v>
       </c>
       <c r="M41" s="4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D42" s="40">
-[...22 lines deleted...]
-        <v>38</v>
+      <c r="D42" s="37" t="s">
+        <v>101</v>
+      </c>
+      <c r="E42" s="37" t="s">
+        <v>102</v>
+      </c>
+      <c r="F42" s="38">
+        <v>2019600</v>
+      </c>
+      <c r="G42" s="38">
+        <v>4941135.0599999996</v>
+      </c>
+      <c r="H42" s="38">
+        <v>0</v>
+      </c>
+      <c r="I42" s="39"/>
+      <c r="J42" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K42" s="38">
+        <v>604365300</v>
+      </c>
+      <c r="L42" s="37" t="s">
+        <v>81</v>
       </c>
       <c r="M42" s="4" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D43" s="40" t="s">
-[...22 lines deleted...]
-        <v>43</v>
+      <c r="D43" s="37" t="s">
+        <v>103</v>
+      </c>
+      <c r="E43" s="37" t="s">
+        <v>104</v>
+      </c>
+      <c r="F43" s="38">
+        <v>1583400</v>
+      </c>
+      <c r="G43" s="38">
+        <v>5171637.29</v>
+      </c>
+      <c r="H43" s="38">
+        <v>0</v>
+      </c>
+      <c r="I43" s="39"/>
+      <c r="J43" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K43" s="38">
+        <v>216134100</v>
+      </c>
+      <c r="L43" s="37" t="s">
+        <v>105</v>
       </c>
       <c r="M43" s="4" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D44" s="40">
-[...22 lines deleted...]
-        <v>37</v>
+      <c r="D44" s="37">
+        <v>6141011</v>
+      </c>
+      <c r="E44" s="37" t="s">
+        <v>106</v>
+      </c>
+      <c r="F44" s="38">
+        <v>1025000</v>
+      </c>
+      <c r="G44" s="38">
+        <v>7120489.7800000003</v>
+      </c>
+      <c r="H44" s="38">
+        <v>0</v>
+      </c>
+      <c r="I44" s="39"/>
+      <c r="J44" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K44" s="38">
+        <v>298787500</v>
+      </c>
+      <c r="L44" s="37" t="s">
+        <v>38</v>
       </c>
       <c r="M44" s="4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A45" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D45" s="40">
-[...22 lines deleted...]
-        <v>73</v>
+      <c r="D45" s="37" t="s">
+        <v>107</v>
+      </c>
+      <c r="E45" s="37" t="s">
+        <v>108</v>
+      </c>
+      <c r="F45" s="38">
+        <v>5539031</v>
+      </c>
+      <c r="G45" s="38">
+        <v>6664864.6299999999</v>
+      </c>
+      <c r="H45" s="38">
+        <v>0</v>
+      </c>
+      <c r="I45" s="39"/>
+      <c r="J45" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K45" s="38">
+        <v>12573600.369999999</v>
+      </c>
+      <c r="L45" s="37" t="s">
+        <v>43</v>
       </c>
       <c r="M45" s="4" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D46" s="40">
-[...22 lines deleted...]
-        <v>73</v>
+      <c r="D46" s="37">
+        <v>718875</v>
+      </c>
+      <c r="E46" s="37" t="s">
+        <v>109</v>
+      </c>
+      <c r="F46" s="38">
+        <v>147268</v>
+      </c>
+      <c r="G46" s="38">
+        <v>10802107.800000001</v>
+      </c>
+      <c r="H46" s="38">
+        <v>0</v>
+      </c>
+      <c r="I46" s="39"/>
+      <c r="J46" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K46" s="38">
+        <v>10802107.800000001</v>
+      </c>
+      <c r="L46" s="37" t="s">
+        <v>37</v>
       </c>
       <c r="M46" s="4" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A47" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D47" s="40" t="s">
-[...22 lines deleted...]
-        <v>97</v>
+      <c r="D47" s="37">
+        <v>6155250</v>
+      </c>
+      <c r="E47" s="37" t="s">
+        <v>110</v>
+      </c>
+      <c r="F47" s="38">
+        <v>31440</v>
+      </c>
+      <c r="G47" s="38">
+        <v>8599707.3200000003</v>
+      </c>
+      <c r="H47" s="38">
+        <v>0</v>
+      </c>
+      <c r="I47" s="39"/>
+      <c r="J47" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K47" s="38">
+        <v>16631760000</v>
+      </c>
+      <c r="L47" s="37" t="s">
+        <v>69</v>
       </c>
       <c r="M47" s="4" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D48" s="40" t="s">
-[...22 lines deleted...]
-        <v>41</v>
+      <c r="D48" s="37">
+        <v>6773812</v>
+      </c>
+      <c r="E48" s="37" t="s">
+        <v>111</v>
+      </c>
+      <c r="F48" s="38">
+        <v>618147</v>
+      </c>
+      <c r="G48" s="38">
+        <v>45929740.899999999</v>
+      </c>
+      <c r="H48" s="38">
+        <v>0</v>
+      </c>
+      <c r="I48" s="39"/>
+      <c r="J48" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K48" s="38">
+        <v>88827723900</v>
+      </c>
+      <c r="L48" s="37" t="s">
+        <v>69</v>
       </c>
       <c r="M48" s="4" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49" s="2">
         <f>A48</f>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D49" s="40">
-[...22 lines deleted...]
-        <v>73</v>
+      <c r="D49" s="37" t="s">
+        <v>112</v>
+      </c>
+      <c r="E49" s="37" t="s">
+        <v>113</v>
+      </c>
+      <c r="F49" s="38">
+        <v>1974700</v>
+      </c>
+      <c r="G49" s="38">
+        <v>6993065.6900000004</v>
+      </c>
+      <c r="H49" s="38">
+        <v>0</v>
+      </c>
+      <c r="I49" s="39"/>
+      <c r="J49" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K49" s="38">
+        <v>292255600</v>
+      </c>
+      <c r="L49" s="37" t="s">
+        <v>105</v>
       </c>
       <c r="M49" s="4" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D50" s="40">
-[...22 lines deleted...]
-        <v>38</v>
+      <c r="D50" s="37" t="s">
+        <v>114</v>
+      </c>
+      <c r="E50" s="37" t="s">
+        <v>115</v>
+      </c>
+      <c r="F50" s="38">
+        <v>952200</v>
+      </c>
+      <c r="G50" s="38">
+        <v>5735926.4000000004</v>
+      </c>
+      <c r="H50" s="38">
+        <v>0</v>
+      </c>
+      <c r="I50" s="39"/>
+      <c r="J50" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K50" s="38">
+        <v>60321870</v>
+      </c>
+      <c r="L50" s="37" t="s">
+        <v>41</v>
       </c>
       <c r="M50" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D51" s="40" t="s">
-[...22 lines deleted...]
-        <v>41</v>
+      <c r="D51" s="37">
+        <v>6397502</v>
+      </c>
+      <c r="E51" s="37" t="s">
+        <v>116</v>
+      </c>
+      <c r="F51" s="38">
+        <v>90213</v>
+      </c>
+      <c r="G51" s="38">
+        <v>4515334.66</v>
+      </c>
+      <c r="H51" s="38">
+        <v>0</v>
+      </c>
+      <c r="I51" s="39"/>
+      <c r="J51" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K51" s="38">
+        <v>8732618400</v>
+      </c>
+      <c r="L51" s="37" t="s">
+        <v>69</v>
       </c>
       <c r="M51" s="4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D52" s="40">
-[...22 lines deleted...]
-        <v>73</v>
+      <c r="D52" s="37">
+        <v>6335278</v>
+      </c>
+      <c r="E52" s="37" t="s">
+        <v>117</v>
+      </c>
+      <c r="F52" s="38">
+        <v>2689000</v>
+      </c>
+      <c r="G52" s="38">
+        <v>7529672.9299999997</v>
+      </c>
+      <c r="H52" s="38">
+        <v>0</v>
+      </c>
+      <c r="I52" s="39"/>
+      <c r="J52" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K52" s="38">
+        <v>315957500</v>
+      </c>
+      <c r="L52" s="37" t="s">
+        <v>38</v>
       </c>
       <c r="M52" s="4" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D53" s="40">
-[...22 lines deleted...]
-        <v>38</v>
+      <c r="D53" s="37" t="s">
+        <v>118</v>
+      </c>
+      <c r="E53" s="37" t="s">
+        <v>119</v>
+      </c>
+      <c r="F53" s="38">
+        <v>1299000</v>
+      </c>
+      <c r="G53" s="38">
+        <v>4113222.08</v>
+      </c>
+      <c r="H53" s="38">
+        <v>0</v>
+      </c>
+      <c r="I53" s="39"/>
+      <c r="J53" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K53" s="38">
+        <v>43256700</v>
+      </c>
+      <c r="L53" s="37" t="s">
+        <v>41</v>
       </c>
       <c r="M53" s="4" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D54" s="40">
-[...22 lines deleted...]
-        <v>38</v>
+      <c r="D54" s="37">
+        <v>6450267</v>
+      </c>
+      <c r="E54" s="37" t="s">
+        <v>120</v>
+      </c>
+      <c r="F54" s="38">
+        <v>23665</v>
+      </c>
+      <c r="G54" s="38">
+        <v>12982769.73</v>
+      </c>
+      <c r="H54" s="38">
+        <v>0</v>
+      </c>
+      <c r="I54" s="39"/>
+      <c r="J54" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K54" s="38">
+        <v>25108565000</v>
+      </c>
+      <c r="L54" s="37" t="s">
+        <v>69</v>
       </c>
       <c r="M54" s="4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D55" s="40" t="s">
-[...22 lines deleted...]
-        <v>49</v>
+      <c r="D55" s="37">
+        <v>6889106</v>
+      </c>
+      <c r="E55" s="37" t="s">
+        <v>121</v>
+      </c>
+      <c r="F55" s="38">
+        <v>1348609</v>
+      </c>
+      <c r="G55" s="38">
+        <v>64117472.859999999</v>
+      </c>
+      <c r="H55" s="38">
+        <v>0</v>
+      </c>
+      <c r="I55" s="39"/>
+      <c r="J55" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K55" s="38">
+        <v>2690474955</v>
+      </c>
+      <c r="L55" s="37" t="s">
+        <v>38</v>
       </c>
       <c r="M55" s="4" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A56" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D56" s="40" t="s">
-[...22 lines deleted...]
-        <v>51</v>
+      <c r="D56" s="37">
+        <v>6716538</v>
+      </c>
+      <c r="E56" s="37" t="s">
+        <v>122</v>
+      </c>
+      <c r="F56" s="38">
+        <v>338000</v>
+      </c>
+      <c r="G56" s="38">
+        <v>4389960.83</v>
+      </c>
+      <c r="H56" s="38">
+        <v>0</v>
+      </c>
+      <c r="I56" s="39"/>
+      <c r="J56" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K56" s="38">
+        <v>184210000</v>
+      </c>
+      <c r="L56" s="37" t="s">
+        <v>38</v>
       </c>
       <c r="M56" s="4" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A57" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D57" s="40" t="s">
-[...22 lines deleted...]
-        <v>41</v>
+      <c r="D57" s="37" t="s">
+        <v>123</v>
+      </c>
+      <c r="E57" s="37" t="s">
+        <v>124</v>
+      </c>
+      <c r="F57" s="38">
+        <v>226183</v>
+      </c>
+      <c r="G57" s="38">
+        <v>4876562.1399999997</v>
+      </c>
+      <c r="H57" s="38">
+        <v>0</v>
+      </c>
+      <c r="I57" s="39"/>
+      <c r="J57" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K57" s="38">
+        <v>596467189.29999995</v>
+      </c>
+      <c r="L57" s="37" t="s">
+        <v>81</v>
       </c>
       <c r="M57" s="4" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A58" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D58" s="40" t="s">
-[...22 lines deleted...]
-        <v>97</v>
+      <c r="D58" s="37" t="s">
+        <v>125</v>
+      </c>
+      <c r="E58" s="37" t="s">
+        <v>126</v>
+      </c>
+      <c r="F58" s="38">
+        <v>460700</v>
+      </c>
+      <c r="G58" s="38">
+        <v>22692207.48</v>
+      </c>
+      <c r="H58" s="38">
+        <v>0</v>
+      </c>
+      <c r="I58" s="39"/>
+      <c r="J58" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K58" s="38">
+        <v>238642600</v>
+      </c>
+      <c r="L58" s="37" t="s">
+        <v>41</v>
       </c>
       <c r="M58" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A59" s="2">
         <f t="shared" si="0"/>
-        <v>46022</v>
+        <v>46081</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D59" s="40" t="s">
+      <c r="D59" s="37">
+        <v>6903556</v>
+      </c>
+      <c r="E59" s="37" t="s">
+        <v>127</v>
+      </c>
+      <c r="F59" s="38">
+        <v>3928000</v>
+      </c>
+      <c r="G59" s="38">
+        <v>4885488.5199999996</v>
+      </c>
+      <c r="H59" s="38">
+        <v>0</v>
+      </c>
+      <c r="I59" s="39"/>
+      <c r="J59" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K59" s="38">
+        <v>51378240</v>
+      </c>
+      <c r="L59" s="37" t="s">
+        <v>41</v>
+      </c>
+      <c r="M59" s="4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A60" s="2">
+        <f t="shared" si="0"/>
+        <v>46081</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D60" s="37" t="s">
+        <v>128</v>
+      </c>
+      <c r="E60" s="37" t="s">
+        <v>129</v>
+      </c>
+      <c r="F60" s="38">
+        <v>886700</v>
+      </c>
+      <c r="G60" s="38">
+        <v>2429332.5099999998</v>
+      </c>
+      <c r="H60" s="38">
+        <v>0</v>
+      </c>
+      <c r="I60" s="39"/>
+      <c r="J60" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K60" s="38">
+        <v>101527150</v>
+      </c>
+      <c r="L60" s="37" t="s">
+        <v>105</v>
+      </c>
+      <c r="M60" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A61" s="2">
+        <f t="shared" si="0"/>
+        <v>46081</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D61" s="37" t="s">
         <v>130</v>
       </c>
-      <c r="E59" s="40" t="s">
+      <c r="E61" s="37" t="s">
         <v>131</v>
       </c>
-      <c r="F59" s="41">
-[...18 lines deleted...]
-      <c r="M59" s="4" t="s">
+      <c r="F61" s="38">
+        <v>1661400</v>
+      </c>
+      <c r="G61" s="38">
+        <v>5345788.18</v>
+      </c>
+      <c r="H61" s="38">
+        <v>0</v>
+      </c>
+      <c r="I61" s="39"/>
+      <c r="J61" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="K61" s="38">
+        <v>49310352</v>
+      </c>
+      <c r="L61" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="M61" s="4" t="s">
         <v>25</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="J61" s="4"/>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B62" s="1"/>
       <c r="F62" s="9"/>
       <c r="G62" s="9"/>
       <c r="J62" s="4"/>
       <c r="K62" s="9"/>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B63" s="1"/>
       <c r="F63" s="9"/>
       <c r="G63" s="9"/>
       <c r="J63" s="4"/>
       <c r="K63" s="9"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:M54">
     <sortCondition ref="E4:E54"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="44" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>